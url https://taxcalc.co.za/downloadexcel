--- v0 (2025-10-09)
+++ v1 (2026-01-27)
@@ -1,106 +1,102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\dimitri\Documents\BaliosBruce\taxcalc\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{27CF2C95-7A51-4C0E-854F-0B73E77559BB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7145C5EC-6C01-4038-A147-020331D6B6A1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-22500" yWindow="2400" windowWidth="21600" windowHeight="11385" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Taxcalc" sheetId="1" r:id="rId1"/>
     <sheet name="Gross Income" sheetId="2" r:id="rId2"/>
     <sheet name="Exempt Income" sheetId="3" r:id="rId3"/>
     <sheet name="DeductionsAndAllowances" sheetId="4" r:id="rId4"/>
     <sheet name="Capital Gains" sheetId="5" r:id="rId5"/>
     <sheet name="MedicalTaxCredits" sheetId="6" r:id="rId6"/>
   </sheets>
-  <externalReferences>
-[...1 lines deleted...]
-  </externalReferences>
   <definedNames>
     <definedName name="Name">Taxcalc!$B$1</definedName>
   </definedNames>
   <calcPr calcId="191029" iterateDelta="1E-4"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="CalcA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="A21" i="1" l="1"/>
+  <c r="A18" i="1" l="1"/>
+  <c r="A22" i="1" s="1"/>
+  <c r="B28" i="1" s="1"/>
+  <c r="A21" i="1"/>
   <c r="A20" i="1"/>
   <c r="A19" i="1"/>
-  <c r="A18" i="1"/>
-[...1 lines deleted...]
-  <c r="B28" i="1" s="1"/>
   <c r="B11" i="5"/>
   <c r="B4" i="5" s="1"/>
   <c r="B12" i="1" s="1"/>
   <c r="B1" i="5"/>
   <c r="B4" i="4"/>
   <c r="B11" i="1" s="1"/>
   <c r="B1" i="4"/>
   <c r="B4" i="3"/>
   <c r="B9" i="1" s="1"/>
   <c r="B1" i="3"/>
   <c r="B4" i="2"/>
   <c r="B8" i="1" s="1"/>
   <c r="B10" i="1" s="1"/>
   <c r="B13" i="1" s="1"/>
   <c r="B15" i="1" s="1"/>
   <c r="B1" i="2"/>
   <c r="B24" i="1" l="1"/>
   <c r="B25" i="1"/>
   <c r="B26" i="1"/>
   <c r="B27" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="48">
@@ -293,142 +289,51 @@
   </cellStyleXfs>
   <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
-[...90 lines deleted...]
-</externalLink>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -707,51 +612,51 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:B28"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B4" sqref="B4"/>
+      <selection activeCell="A18" sqref="A18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="76.5703125" customWidth="1"/>
     <col min="2" max="2" width="18.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="1"/>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>3</v>
@@ -820,123 +725,123 @@
         <f>'Capital Gains'!B4</f>
         <v>24992</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.2">
       <c r="B13" s="2">
         <f>B10-B11+B12</f>
         <v>22613</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="2"/>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="2">
         <f>B13-B14</f>
         <v>22613</v>
       </c>
     </row>
-    <row r="18" spans="1:2" hidden="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A18" t="str">
-        <f>CONCATENATE("https://taxcalc.co.za/calculatenaturalpersonapi?Y=",B4,"&amp;P=",B3,"&amp;T=",B15,"&amp;A=",B5,"&amp;M1=",[1]MedicalTaxCredits!B4, "&amp;M2=", [1]MedicalTaxCredits!B5, "&amp;M3=", [1]MedicalTaxCredits!B6, "&amp;M4=", [1]MedicalTaxCredits!B7, "&amp;M5=", [1]MedicalTaxCredits!B8, "&amp;M6=", [1]MedicalTaxCredits!B9, "&amp;M7=", [1]MedicalTaxCredits!B10, "&amp;M8=", [1]MedicalTaxCredits!B11, "&amp;M9=", [1]MedicalTaxCredits!B12, "&amp;M10=", [1]MedicalTaxCredits!B13, "&amp;M11=", [1]MedicalTaxCredits!B14, "&amp;M12=", [1]MedicalTaxCredits!B15,"&amp;F=1")</f>
+        <f>CONCATENATE("https://taxcalc.co.za/calculatenaturalpersonapi?Y=",B4,"&amp;P=",B3,"&amp;T=",B15,"&amp;A=",B5,"&amp;M1=",MedicalTaxCredits!B4, "&amp;M2=",MedicalTaxCredits!B5, "&amp;M3=",MedicalTaxCredits!B6, "&amp;M4=",MedicalTaxCredits!B7, "&amp;M5=",MedicalTaxCredits!B8, "&amp;M6=",MedicalTaxCredits!B9, "&amp;M7=",MedicalTaxCredits!B10, "&amp;M8=",MedicalTaxCredits!B11, "&amp;M9=",MedicalTaxCredits!B12, "&amp;M10=",MedicalTaxCredits!B13, "&amp;M11=",MedicalTaxCredits!B14, "&amp;M12=",MedicalTaxCredits!B15,"&amp;F=1")</f>
         <v>https://taxcalc.co.za/calculatenaturalpersonapi?Y=2023&amp;P=1&amp;T=22613&amp;A=50&amp;M1=0&amp;M2=0&amp;M3=0&amp;M4=0&amp;M5=0&amp;M6=0&amp;M7=0&amp;M8=0&amp;M9=0&amp;M10=0&amp;M11=0&amp;M12=0&amp;F=1</v>
       </c>
     </row>
-    <row r="19" spans="1:2" hidden="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A19" t="str">
         <f>CONCATENATE("https://taxcalc.co.za/calculatetrustapi?Y=",B4,"&amp;T=",B15,"&amp;F=1")</f>
         <v>https://taxcalc.co.za/calculatetrustapi?Y=2023&amp;T=22613&amp;F=1</v>
       </c>
     </row>
-    <row r="20" spans="1:2" hidden="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A20" t="str">
         <f>CONCATENATE("https://taxcalc.co.za/calculatecompanyapi?Y=",B4,"&amp;T=",B15,"&amp;F=1")</f>
         <v>https://taxcalc.co.za/calculatecompanyapi?Y=2023&amp;T=22613&amp;F=1</v>
       </c>
     </row>
-    <row r="21" spans="1:2" hidden="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A21" t="str">
         <f>CONCATENATE("https://taxcalc.co.za/calculatesmallbusinesscorporationapi?Y=",B4,"&amp;T=",B15,"&amp;F=1")</f>
         <v>https://taxcalc.co.za/calculatesmallbusinesscorporationapi?Y=2023&amp;T=22613&amp;F=1</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A22" t="str">
         <f>IF(B3=1,A18,IF(B3=2,A19,IF(B3=3,A20,IF(B3=4,A21))))</f>
         <v>https://taxcalc.co.za/calculatenaturalpersonapi?Y=2023&amp;P=1&amp;T=22613&amp;A=50&amp;M1=0&amp;M2=0&amp;M3=0&amp;M4=0&amp;M5=0&amp;M6=0&amp;M7=0&amp;M8=0&amp;M9=0&amp;M10=0&amp;M11=0&amp;M12=0&amp;F=1</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>13</v>
       </c>
-      <c r="B24">
+      <c r="B24" t="e">
         <f>_xlfn.FILTERXML(_xlfn.WEBSERVICE(A22),"//Tax")</f>
-        <v>4070.34</v>
+        <v>#VALUE!</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>14</v>
       </c>
-      <c r="B25">
+      <c r="B25" t="e">
         <f>_xlfn.FILTERXML(_xlfn.WEBSERVICE(A22),"//Rebate")</f>
-        <v>16425</v>
+        <v>#VALUE!</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>15</v>
       </c>
-      <c r="B26">
+      <c r="B26" t="e">
         <f>_xlfn.FILTERXML(_xlfn.WEBSERVICE(A22),"//TaxAfterRebate")</f>
-        <v>0</v>
+        <v>#VALUE!</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>16</v>
       </c>
-      <c r="B27" t="str">
+      <c r="B27" t="e">
         <f>_xlfn.FILTERXML(_xlfn.WEBSERVICE(A22),"//Persondesc")</f>
-        <v>Natural person</v>
+        <v>#VALUE!</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>17</v>
       </c>
-      <c r="B28" t="str">
+      <c r="B28" t="e">
         <f>_xlfn.FILTERXML(_xlfn.WEBSERVICE(A22),"//Taxband")</f>
-        <v>2023: 18% marginal band;, primary rebate R 16 425 plus Medical Tax Rebate of 0.00, effective rate (after rebates):0.00%</v>
+        <v>#VALUE!</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.78749999999999998" right="0.78749999999999998" top="1.05277777777778" bottom="1.05277777777778" header="0.78749999999999998" footer="0.78749999999999998"/>
   <pageSetup paperSize="9" orientation="portrait" useFirstPageNumber="1" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:B9"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="76.5703125" customWidth="1"/>
     <col min="2" max="2" width="11.5703125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.2">
@@ -1422,34 +1327,34 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="7" baseType="lpstr">
       <vt:lpstr>Taxcalc</vt:lpstr>
       <vt:lpstr>Gross Income</vt:lpstr>
       <vt:lpstr>Exempt Income</vt:lpstr>
       <vt:lpstr>DeductionsAndAllowances</vt:lpstr>
       <vt:lpstr>Capital Gains</vt:lpstr>
       <vt:lpstr>MedicalTaxCredits</vt:lpstr>
       <vt:lpstr>Name</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator/>
+  <dc:creator>dimitri</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>en-ZA</dc:language>
 </cp:coreProperties>
 </file>